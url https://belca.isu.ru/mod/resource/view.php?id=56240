--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,132 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...18 lines deleted...]
-  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
-  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId31"/>
+    <p:notesMasterId r:id="rId40"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
-    <p:sldId id="259" r:id="rId5"/>
-[...24 lines deleted...]
-    <p:sldId id="289" r:id="rId30"/>
+    <p:sldId id="292" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
+    <p:sldId id="266" r:id="rId7"/>
+    <p:sldId id="290" r:id="rId8"/>
+    <p:sldId id="279" r:id="rId9"/>
+    <p:sldId id="280" r:id="rId10"/>
+    <p:sldId id="281" r:id="rId11"/>
+    <p:sldId id="267" r:id="rId12"/>
+    <p:sldId id="260" r:id="rId13"/>
+    <p:sldId id="262" r:id="rId14"/>
+    <p:sldId id="261" r:id="rId15"/>
+    <p:sldId id="263" r:id="rId16"/>
+    <p:sldId id="286" r:id="rId17"/>
+    <p:sldId id="291" r:id="rId18"/>
+    <p:sldId id="287" r:id="rId19"/>
+    <p:sldId id="275" r:id="rId20"/>
+    <p:sldId id="271" r:id="rId21"/>
+    <p:sldId id="270" r:id="rId22"/>
+    <p:sldId id="269" r:id="rId23"/>
+    <p:sldId id="277" r:id="rId24"/>
+    <p:sldId id="276" r:id="rId25"/>
+    <p:sldId id="278" r:id="rId26"/>
+    <p:sldId id="293" r:id="rId27"/>
+    <p:sldId id="289" r:id="rId28"/>
+    <p:sldId id="294" r:id="rId29"/>
+    <p:sldId id="295" r:id="rId30"/>
+    <p:sldId id="297" r:id="rId31"/>
+    <p:sldId id="296" r:id="rId32"/>
+    <p:sldId id="298" r:id="rId33"/>
+    <p:sldId id="299" r:id="rId34"/>
+    <p:sldId id="282" r:id="rId35"/>
+    <p:sldId id="283" r:id="rId36"/>
+    <p:sldId id="284" r:id="rId37"/>
+    <p:sldId id="285" r:id="rId38"/>
+    <p:sldId id="288" r:id="rId39"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -183,78 +201,78 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -408,76 +426,76 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="64" d="100"/>
-          <a:sy n="64" d="100"/>
+          <a:sx n="69" d="100"/>
+          <a:sy n="69" d="100"/>
         </p:scale>
-        <p:origin x="-612" y="-102"/>
+        <p:origin x="546" y="66"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="73736200" cy="73736200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -2211,131 +2229,131 @@
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{493585E2-0157-48AA-9DAB-34E0EFDECC1E}" type="pres">
       <dgm:prSet presAssocID="{31AE7490-D50C-4DBE-AB3A-87F09C6FD6A5}" presName="sibTrans" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B9DD701B-01AA-42C6-ADD4-32F74B0676BB}" type="pres">
       <dgm:prSet presAssocID="{A68E7E29-BEF4-464D-88C2-8023E840F3CE}" presName="node" presStyleLbl="node1" presStyleIdx="16" presStyleCnt="17" custLinFactX="-140307" custLinFactY="-100000" custLinFactNeighborX="-200000" custLinFactNeighborY="-101143">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
+    <dgm:cxn modelId="{FB53FEBA-8E39-4555-ABBA-51C57F99C0F4}" type="presOf" srcId="{B95BA84D-9FF7-41D9-95CD-EC093E748E1E}" destId="{A66D7D40-2A26-4F84-B70C-29D071CC5AA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{F60116BE-CE3A-45F1-A57A-131BAA9FEDA5}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{00A72FC4-357B-409B-A476-1A770E1A6DBC}" srcOrd="12" destOrd="0" parTransId="{5FEE79A7-9FD5-4898-90A1-942D53D5CD65}" sibTransId="{0445CEA2-CB06-4386-91FC-C0E0402E7612}"/>
+    <dgm:cxn modelId="{BFED8D2A-6C34-47F0-84F9-F61C4B59FE95}" type="presOf" srcId="{2E39F17C-61B8-48B0-9851-D19E5AE1781A}" destId="{3B03617E-B807-4169-A0EB-C400084B7BC7}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{363C3DAE-664D-44F8-B86A-9A76A6940740}" type="presOf" srcId="{C9122EAB-A359-41B6-9FBC-4B24168F5634}" destId="{FFED8A8A-DA73-4F76-9B8C-AA74494F0FB8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{9819022C-BB16-432F-868B-73B53FD5161E}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{4B659100-E6CE-4364-B463-642A703BF607}" srcOrd="15" destOrd="0" parTransId="{5052751C-90F1-432A-A5A3-8452B32B2560}" sibTransId="{31AE7490-D50C-4DBE-AB3A-87F09C6FD6A5}"/>
+    <dgm:cxn modelId="{6003438C-809B-4D6D-864C-3C242520F82A}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{679597B4-788B-4110-9021-78F3D8E58F60}" srcOrd="9" destOrd="0" parTransId="{EFD04369-197C-4EAC-835C-48AB39AC3AB4}" sibTransId="{BDFB2516-7754-456C-95B7-BDC31296E2AB}"/>
+    <dgm:cxn modelId="{1A6B0F5A-C596-4B06-93CC-3A56264F75E7}" type="presOf" srcId="{E5F7071D-BC17-4CDF-8022-59BEEA7D995B}" destId="{FF9E1D10-EB95-4D24-9F8F-611F737E70B3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{2E50AA9C-30C1-4417-A116-7DBBB063C8A2}" type="presOf" srcId="{679597B4-788B-4110-9021-78F3D8E58F60}" destId="{3F6A169B-DB1E-43EC-A6DB-79E21174EEA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{2AA06A3C-9B55-4BEE-B563-BA13CF29E335}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{E5F7071D-BC17-4CDF-8022-59BEEA7D995B}" srcOrd="6" destOrd="0" parTransId="{07507B3C-93F9-48D8-BCE3-47BD77071E01}" sibTransId="{34D8796A-F023-40D2-AD5F-60DA2814D994}"/>
+    <dgm:cxn modelId="{A3E29BFD-8553-41E0-8F88-CACE956D35BC}" type="presOf" srcId="{84FBAFD9-CA74-4B07-8615-4C00F14FC49D}" destId="{C107912A-8CC4-46C8-B9D5-E70F3B4C0A75}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{7D4DC406-D035-4142-BDED-0E42876FDAFD}" type="presOf" srcId="{57CEA8DE-8023-468F-9CF5-70A661D4ADA0}" destId="{C6EDD087-74D2-4C81-A8D3-D3C7E8ED0D91}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{2DFA1B6D-69D0-4F38-B1A6-283403A19F64}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{A68E7E29-BEF4-464D-88C2-8023E840F3CE}" srcOrd="16" destOrd="0" parTransId="{E27530B1-D866-4757-BCA8-83FCC0091274}" sibTransId="{2FB82F73-7865-49F7-A7B1-55180D0C757A}"/>
+    <dgm:cxn modelId="{37105E32-00AD-4384-994E-E879AC983F98}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{84FBAFD9-CA74-4B07-8615-4C00F14FC49D}" srcOrd="2" destOrd="0" parTransId="{A3B4C210-30A2-4354-98F3-FA589AE5D6D7}" sibTransId="{BD83FDFE-CE70-4786-B261-A39A76FED198}"/>
+    <dgm:cxn modelId="{693159B4-93A7-403B-A5CF-B3AA835DFC8C}" type="presOf" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{871B870B-DE23-4AAE-A6D8-333B68FD685D}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{C9122EAB-A359-41B6-9FBC-4B24168F5634}" srcOrd="13" destOrd="0" parTransId="{F1DB1609-ECD6-4E85-9645-6B4056841418}" sibTransId="{48799E14-9244-4C62-83DD-43996A46FE46}"/>
+    <dgm:cxn modelId="{A669E7F3-091F-4A54-A69B-A375E587130F}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{D9F6F696-DDA1-401E-9BC0-E6311BC2BB6A}" srcOrd="7" destOrd="0" parTransId="{9C827221-581E-4119-A27E-E5660E7B7823}" sibTransId="{88950295-AC52-4149-ADE5-D48B721B7E74}"/>
+    <dgm:cxn modelId="{F6AE8334-591C-418D-B95C-B3A731142399}" type="presOf" srcId="{4B659100-E6CE-4364-B463-642A703BF607}" destId="{BD96E617-2CFD-4FDE-97AE-7AFE3E48275A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{CBEBE354-D013-4D6B-BBF2-9C104AAA54EB}" type="presOf" srcId="{BACA508F-79C6-44CF-93B5-8B0051B882F2}" destId="{630448BD-B8B9-4D14-9458-9435393F830B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{63639FDB-F217-47FB-88FC-EFF74AAB5F43}" type="presOf" srcId="{0385F007-521F-4879-B068-B4963DDA563F}" destId="{E1FCE776-A8E9-49F1-AE16-FA9FD3D61D2E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{7C83CE3D-E734-4327-8BB5-B7E609B0D196}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{0DF882E1-FECE-48F3-9953-91E2E3059F24}" srcOrd="14" destOrd="0" parTransId="{BE95A24D-32F1-4EDC-B353-C5D195824307}" sibTransId="{F5B27F8C-EAE1-42B9-B460-FD57B45DD278}"/>
+    <dgm:cxn modelId="{C3DC6C21-C695-420D-872F-B615ECD2971C}" type="presOf" srcId="{300F36EE-4AAC-4E42-8141-878C9A4CFD77}" destId="{D531D3A0-BD5C-4535-A568-7CD5203267F5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{75FE3CCB-AA42-448E-BE71-814C8E2CF66E}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{300F36EE-4AAC-4E42-8141-878C9A4CFD77}" srcOrd="1" destOrd="0" parTransId="{CBC01563-23D4-4835-8FBC-0F90DD0A2BF4}" sibTransId="{463A651F-5829-4C5F-B696-DFB3BB42BC8C}"/>
+    <dgm:cxn modelId="{B2BC73F9-2C6F-4DC0-B9D3-E927DABB0915}" type="presOf" srcId="{58E319A7-B289-4F5B-A4B9-80A380928461}" destId="{7DA46F1A-8E1F-4917-8539-47E7BA10DE86}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{D4F2AA0B-3A60-4D6F-99A3-8E811FF47A91}" type="presOf" srcId="{00A72FC4-357B-409B-A476-1A770E1A6DBC}" destId="{0575A566-7871-4730-98A8-47FAFCD51314}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{812C706C-A8C5-456E-AA0E-22F1FFB468B1}" type="presOf" srcId="{0DF882E1-FECE-48F3-9953-91E2E3059F24}" destId="{3F53B402-B409-40B4-9074-C1897D9F82BE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{7CADC840-972B-4065-8792-D426E7158866}" type="presOf" srcId="{D9F6F696-DDA1-401E-9BC0-E6311BC2BB6A}" destId="{71EBEE14-5080-43D6-B5F5-CC3736BAE87D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{1B3CF7F8-4F00-4148-8F63-2116B7F616BB}" type="presOf" srcId="{A91B6271-B289-48D4-AF02-9F5B9C417986}" destId="{A1CEF524-7A7F-4A93-AA10-D680D87961CB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{CC29A5A9-49C1-4CF8-81E2-F3E7E28C2C89}" type="presOf" srcId="{A68E7E29-BEF4-464D-88C2-8023E840F3CE}" destId="{B9DD701B-01AA-42C6-ADD4-32F74B0676BB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{97295360-CA04-4D2A-BA49-B4764A64D802}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{A91B6271-B289-48D4-AF02-9F5B9C417986}" srcOrd="10" destOrd="0" parTransId="{2A724A99-A8BF-4430-848A-75FAFCA07CDD}" sibTransId="{EC15E2F9-927C-49AB-A57F-905C21B6CC40}"/>
+    <dgm:cxn modelId="{90253D6F-7780-43F5-AA27-D797ABF95A91}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{58E319A7-B289-4F5B-A4B9-80A380928461}" srcOrd="11" destOrd="0" parTransId="{0C94FF17-3D1A-4C18-9172-8023B0CA8CD5}" sibTransId="{EFA253E1-7000-4FDC-8801-CCBD223CC3EC}"/>
+    <dgm:cxn modelId="{D65DDB5F-A22A-440E-A0A3-852BAE121996}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{B95BA84D-9FF7-41D9-95CD-EC093E748E1E}" srcOrd="4" destOrd="0" parTransId="{4CD0B54B-392E-4E9F-9E6E-A4F0689C3311}" sibTransId="{C8C894DE-9F45-4916-9AC7-FE06554F7A39}"/>
+    <dgm:cxn modelId="{69275423-777D-4C5F-A5C8-A4A5D613BC41}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{BACA508F-79C6-44CF-93B5-8B0051B882F2}" srcOrd="5" destOrd="0" parTransId="{41198667-9128-4E45-817C-B5A019350F8D}" sibTransId="{6D1029B5-DCAF-4AA0-AAB0-B35F3301F03E}"/>
     <dgm:cxn modelId="{315FB819-B6E9-45D4-AA76-46FF009212E3}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{2E39F17C-61B8-48B0-9851-D19E5AE1781A}" srcOrd="0" destOrd="0" parTransId="{C34528FD-79CD-4BDD-8D24-159277C72273}" sibTransId="{036750BA-0996-4648-8911-E95339712F2D}"/>
-    <dgm:cxn modelId="{A669E7F3-091F-4A54-A69B-A375E587130F}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{D9F6F696-DDA1-401E-9BC0-E6311BC2BB6A}" srcOrd="7" destOrd="0" parTransId="{9C827221-581E-4119-A27E-E5660E7B7823}" sibTransId="{88950295-AC52-4149-ADE5-D48B721B7E74}"/>
-[...15 lines deleted...]
-    <dgm:cxn modelId="{CBEBE354-D013-4D6B-BBF2-9C104AAA54EB}" type="presOf" srcId="{BACA508F-79C6-44CF-93B5-8B0051B882F2}" destId="{630448BD-B8B9-4D14-9458-9435393F830B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
+    <dgm:cxn modelId="{C5C7F12C-D768-40F2-A476-0B4EBF5DCB32}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{57CEA8DE-8023-468F-9CF5-70A661D4ADA0}" srcOrd="8" destOrd="0" parTransId="{71DAACD9-9069-4D93-B9E9-595C894F11CF}" sibTransId="{99962565-081E-4676-9B52-F781059D9D82}"/>
     <dgm:cxn modelId="{6A30067B-0804-44E3-B894-2A1CC32001C2}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{0385F007-521F-4879-B068-B4963DDA563F}" srcOrd="3" destOrd="0" parTransId="{C5B218D1-EFC4-465C-84EB-A44797EBB61D}" sibTransId="{103C0A7F-2545-481B-855D-D9D592033FAF}"/>
-    <dgm:cxn modelId="{6003438C-809B-4D6D-864C-3C242520F82A}" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{679597B4-788B-4110-9021-78F3D8E58F60}" srcOrd="9" destOrd="0" parTransId="{EFD04369-197C-4EAC-835C-48AB39AC3AB4}" sibTransId="{BDFB2516-7754-456C-95B7-BDC31296E2AB}"/>
-[...14 lines deleted...]
-    <dgm:cxn modelId="{693159B4-93A7-403B-A5CF-B3AA835DFC8C}" type="presOf" srcId="{F5D266EF-61B6-4101-8C26-F1F065878883}" destId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{13179C2A-0668-41A5-B012-625EE8EC6232}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{3B03617E-B807-4169-A0EB-C400084B7BC7}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{D1B1E0BC-B3B5-4BC9-882C-976D91B86237}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{E6621385-4D87-4E89-AFED-FE84C5F3F918}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{DD9F4D4D-A37A-44E7-A352-78F1185CE2BA}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{D531D3A0-BD5C-4535-A568-7CD5203267F5}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{B78E0816-3246-4048-AB4F-7736CCC6EAEE}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{DBCAB85D-5371-423E-9A08-4BF5505DA082}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{BCF187D2-780F-42E2-8EF2-59D215BCE115}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{C107912A-8CC4-46C8-B9D5-E70F3B4C0A75}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{DA716532-B345-4CB9-95AE-6D1AD01972B8}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{CB089AFF-319E-4F31-A4B7-56E6FB18A692}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{1B10AA9E-F342-4227-B03D-512AE5515D46}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{E1FCE776-A8E9-49F1-AE16-FA9FD3D61D2E}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{56A581B1-E74D-4582-8C30-BFDF7A2EDCFA}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{99E015F7-F4F7-4513-B2C0-17E16B176CAB}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{43CEE28B-AE57-425C-868C-00C9C9180A13}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{A66D7D40-2A26-4F84-B70C-29D071CC5AA2}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{5295FDC3-305F-4DE6-9168-2A7C18153DC6}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{C2EBBF80-4F2D-4639-9AF4-B4B2004B09AF}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{E1BE0181-9B8E-4AAE-82B7-E95876134442}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{630448BD-B8B9-4D14-9458-9435393F830B}" srcOrd="10" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{99E3DDB5-C797-49B7-BFD4-0341C1F703E8}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{5C32BA34-2CD1-416D-B447-32F5609B63C5}" srcOrd="11" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{9603C3A4-0484-47EE-B355-0F434A8F746A}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{FF9E1D10-EB95-4D24-9F8F-611F737E70B3}" srcOrd="12" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{72F1C952-D110-4480-B7E0-BD2F4CC41691}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{1E025187-7E6F-42C6-8EF6-45757909E003}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{9079DCA3-4546-4DD0-A58B-E589307F5A08}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{71EBEE14-5080-43D6-B5F5-CC3736BAE87D}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{54A363A3-780F-4779-A0AC-F96EBD4FE6E8}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{90181AD2-BDD0-4079-A04A-9F39EB6A6D57}" srcOrd="15" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{782CE53C-52E9-451F-B4F8-EC74F797EF1A}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{C6EDD087-74D2-4C81-A8D3-D3C7E8ED0D91}" srcOrd="16" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{72706192-30E7-4C4F-BEA0-672DB2B02EFF}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{03559054-5A37-40D4-9D58-42D13A9E4D2C}" srcOrd="17" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{589F4904-6158-4150-83D3-6DC78DB67A86}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{3F6A169B-DB1E-43EC-A6DB-79E21174EEA2}" srcOrd="18" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{B5CAC249-E09B-466B-95C8-1AB65FC2E186}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{F25BFD1E-4C70-4F8E-8066-B3350F5D4D8D}" srcOrd="19" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{90800C75-BA63-4713-A126-3F70DBED2BF3}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{A1CEF524-7A7F-4A93-AA10-D680D87961CB}" srcOrd="20" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{358CCC2F-EAB7-45CA-BA8B-98A0BF0AD049}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{D7C1CF5E-6C81-4BDD-9FF0-4F7DF6FA9CE5}" srcOrd="21" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{6F211F74-58AA-411E-B7CE-B435CF13AEDD}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{7DA46F1A-8E1F-4917-8539-47E7BA10DE86}" srcOrd="22" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{60928F89-E53E-4462-92E6-6EF0FC24D1B9}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{6493E15B-7BDA-420D-8A22-EE725174FB29}" srcOrd="23" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{A2432777-F6B3-426B-ABFD-06BFF9C62A17}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{0575A566-7871-4730-98A8-47FAFCD51314}" srcOrd="24" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{E25C7722-12F2-4249-BDDE-9C234FAF6E50}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{E18B9BCE-7AD1-49E8-8AE2-263455A9769B}" srcOrd="25" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{203C9882-F880-4482-A45A-8B929FB21120}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{FFED8A8A-DA73-4F76-9B8C-AA74494F0FB8}" srcOrd="26" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{431B9F8D-DD60-409C-8C8A-CBC145F51725}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{4846AE78-3647-4C0A-948E-738C059B5389}" srcOrd="27" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{ACC29226-A83B-40E6-8A92-5F4B3DAD2706}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{3F53B402-B409-40B4-9074-C1897D9F82BE}" srcOrd="28" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{C6003756-6E51-4F05-A18B-59C01C83A110}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{C3845585-333F-4F57-B199-B9757C3B7807}" srcOrd="29" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{BBAD188C-43F0-4003-91AC-8B0E21B5E02D}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{BD96E617-2CFD-4FDE-97AE-7AFE3E48275A}" srcOrd="30" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{A64E1F17-0A20-45E2-AFEA-7310D1426270}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{493585E2-0157-48AA-9DAB-34E0EFDECC1E}" srcOrd="31" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
     <dgm:cxn modelId="{5FBEA86B-70BE-47A8-87D7-2B23A9007679}" type="presParOf" srcId="{90CD7174-944C-470F-984A-F7C1DCE149B4}" destId="{B9DD701B-01AA-42C6-ADD4-32F74B0676BB}" srcOrd="32" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/default#1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns="" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram">
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{3B03617E-B807-4169-A0EB-C400084B7BC7}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="91754" y="0"/>
           <a:ext cx="3319907" cy="1009091"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="00B0F0"/>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
@@ -4819,51 +4837,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8BA8BABA-F4A8-4BCE-A009-9F089BA1F41D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -4987,51 +5005,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B8B220EA-6AAB-4513-BD92-798698C24173}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2536078079"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2536078079"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -5088,51 +5106,51 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Образ слайда 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -5157,60 +5175,60 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B8B220EA-6AAB-4513-BD92-798698C24173}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>18</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="353874916"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="353874916"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -5400,51 +5418,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5452,51 +5470,51 @@
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3631303757"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3631303757"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5570,51 +5588,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5622,51 +5640,51 @@
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="462624009"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="462624009"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5750,51 +5768,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5802,51 +5820,51 @@
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="647017272"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="647017272"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5920,51 +5938,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5972,51 +5990,51 @@
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4105470955"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4105470955"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6167,51 +6185,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6219,51 +6237,51 @@
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3174570995"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3174570995"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6454,51 +6472,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6506,51 +6524,51 @@
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3679748596"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3679748596"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6875,51 +6893,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6927,51 +6945,51 @@
           <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3362166091"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3362166091"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6994,51 +7012,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7046,96 +7064,96 @@
           <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1545113510"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1545113510"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7143,51 +7161,51 @@
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1104228184"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1104228184"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7368,51 +7386,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7420,51 +7438,51 @@
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1024354099"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024354099"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7622,51 +7640,51 @@
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7674,51 +7692,51 @@
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1557668747"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1557668747"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -7839,51 +7857,51 @@
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A7646118-1C14-4D5A-9065-685E66903914}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>25.10.2023</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7927,51 +7945,51 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A7E01BFD-DDE7-4A43-8904-990D6F47438F}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2048007526"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2048007526"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
@@ -8231,131 +8249,167 @@
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -8384,61 +8438,199 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4101463676"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4101463676"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>в аналитических языках много грамматических слов</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>В русском языке грамматическое слово – глагол </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:t>быть </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>в форме будущего времени:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:t>Я буду здесь работать.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:t>*Я был здесь работать.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>грамматические морфемы - суффиксы и окончания</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Правильно ли утверждение: «Изолирующие языки - это языки без грамматики?» - это не совсем правильно.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Языка без грамматики не бывает.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>В изолирующих языках грамматика - порядок слов.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3041313668"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -8527,83 +8719,116 @@
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>(в аналитических языках порядок слов </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t>прямой</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" i="1" dirty="0"/>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" i="1" dirty="0"/>
               <a:t>Agatha Christie 2 wrote 3 about the world 1 she 2 knew and saw</a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>).</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>В англ. </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>).</a:t>
-            </a:r>
+              <a:t>я</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>з. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>орядок слов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>SVO</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t>4.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t>слабое словообразование</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3637290077"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3637290077"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -8846,121 +9071,181 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" build="p"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="706090"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
               <a:t>2. Синтетические языки</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="395536" y="836712"/>
+            <a:ext cx="8291264" cy="5289451"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Синтетические языки бывают трех типов: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>флективные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>,  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>агглютинативные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>полисинтетические</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>2.1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Флективные </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
-              <a:t>Флективные языки </a:t>
+              <a:t>языки </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>–  это языки, которым присуще словоизменение посредством флексии (окончания).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Флексия может выражать сразу несколько грамматических значений.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Например, флексия </a:t>
             </a:r>
             <a:r>
@@ -9024,51 +9309,51 @@
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>домом</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> выражает значения падежа (творительный падеж), числа (единственное число).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2564524311"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2564524311"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -9235,205 +9520,265 @@
                                         </p:cTn>
                                         <p:tgtEl>
                                           <p:spTgt spid="3">
                                             <p:txEl>
                                               <p:pRg st="3" end="3"/>
                                             </p:txEl>
                                           </p:spTgt>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
+                  <p:par>
+                    <p:cTn id="19" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="20" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" build="p"/>
     </p:bldLst>
   </p:timing>
-</p:sld>
-[...89 lines deleted...]
-  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
+              <a:t>К флективным языкам относят</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>русский, украинский, белорусский, чешский, польский, словенский, македонский, латинский</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>испанский</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>немецкий, литовский, латышский.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4082699852"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
               <a:t>Особенности флективных языков</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1285860"/>
             <a:ext cx="8229600" cy="5357850"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
@@ -9955,51 +10300,51 @@
               </a:rPr>
               <a:t>домашн</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>-, гуля- ?</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3459371436"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3459371436"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -10341,51 +10686,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" build="p"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -10449,51 +10794,51 @@
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t>Агглютинация</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>  (от лат.  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
               <a:t>agglutinare</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>  –  приклеивать)  –  способ образования форм слова и производных слов механическим присоединением стандартных аффиксов к неизменяемым, лишенным внутренней флексии, основам или корням.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="406290604"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="406290604"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -10590,51 +10935,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" build="p"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -10655,1267 +11000,1396 @@
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
               <a:t>Различие флективных языков и агглютинативных языков</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323528" y="1124744"/>
             <a:ext cx="8363272" cy="5001419"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="47500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
               <a:t>Флективные синтетические языки </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>– грамматические значения передаются / выражаются с помощью </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0"/>
               <a:t>аффиксов (приставка, суффикс, окончание) – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>например, русский язык</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
               <a:t>Агглютинативные синтетические языки </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>грамматические значения передаются / выражаются с помощью </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0"/>
               <a:t>аффиксов (приставка, суффикс, окончание) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>– например, монгольский язык, бурятский язык, турецкий язык</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Какая разница???</a:t>
             </a:r>
-          </a:p>
-[...118 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
-</p:sld>
-[...280 lines deleted...]
-  <p:transition/>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
-[...17 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323528" y="404664"/>
+            <a:ext cx="8373616" cy="5976664"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-                  <a:schemeClr val="tx2"/>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>ФЛЕКТИВНЫЙ ЯЗЫК:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Туркменский язык: слово </a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx2"/>
+              <a:t>больш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>„</a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx2"/>
+              <a:t>-ой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> – грамматическое значение – им. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>м.р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. или </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тв.п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ж.р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. или </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>в.п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>м.р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. или </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>р.п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ж.р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. или </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>д.п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ж.р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.   </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Окончание </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>– ой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> у прилагательных передает одновременно грамматическое значение рода, числа и падежа.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ишчилеримизден</a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx2"/>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>“ </a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx2"/>
+              <a:t>тоб</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>означает </a:t>
-[...4 lines deleted...]
-                  <a:schemeClr val="tx2"/>
+              <a:t>-ой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>– грамматическое значение – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тв</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. п. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>`</a:t>
-[...319 lines deleted...]
-              <a:t>от кого? от чего?.</a:t>
+              <a:t>с мам-ой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>– грамматическое значение – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тв</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. п. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Во </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>флективном языке аффиксы многозначны. Один аффикс (окончание или суффикс) может передавать несколько грамматических значений. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>В агглютинативных языках это невозможно!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>1 значение = 1 окончание (или суффикс)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1715668342"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3423328949"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="778098"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>Азербайджанский язык</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1428736"/>
-            <a:ext cx="8229600" cy="4697427"/>
+            <a:off x="457200" y="1124744"/>
+            <a:ext cx="8229600" cy="5001419"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...5 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Он пишет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>зыр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Они пишут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>зыр-лар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>суффикс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>лар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>передает грамматическое значение множественного числа. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Он инженер </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>М</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>yh</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ǝ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ндис-дир</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Суффикс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>дир</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>передает третье лицо.  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Они инженеры </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>М</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>yhǝ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ндис-дир-л</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ǝ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Суффикс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>л</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ǝ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t> передает грамматическое значение множественного числа, а суффикс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>дир</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>– третье лицо.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Я инженер </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>М</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>yhǝ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ндис</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ǝ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>. Суффикс –</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>ǝ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t> передает первое лицо.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Вывод</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: в агглютинативных языках один аффикс не может передавать несколько значений. Если у слова несколько грамматических значений (род, число, падеж или лицо, число, время), то у него несколько аффиксов. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition/>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="514350" indent="-514350">
-[...53 lines deleted...]
-              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Туркменский язык: слово </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>„</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ишчилеримизден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>означает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>от наших рабочих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> и состоит из </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>„</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>иш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
-[...55 lines deleted...]
-              <a:rPr lang="en-US" sz="2800" i="1" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>работа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>„</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>чи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(суффикс со значением субъекта действия, т. е. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>„</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ишчи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>“ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>— </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>работник, рабочий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>лер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(показатель мн. числа), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>имиз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
-[...10 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(притяжательный суффикс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>л. мн. ч., то есть </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>наши</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>) и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>— со значением </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>от кого? от чего?.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1961930558"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1715668342"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -11959,656 +12433,682 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
               <a:t>–  это разделение языков на основании общности и различия структурных и функциональных свойств языков независимо от их генетического родства.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="229814350"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="229814350"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0"/>
-              <a:t>2.3. Полисинтетические (инкорпорирующие) языки</a:t>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
+              <a:t>К агглютинативным языкам относятся:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1428736"/>
+            <a:ext cx="8229600" cy="4697427"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>Предложение строится как сложное слово, в этих языках </a:t>
-[...3 lines deleted...]
-              <a:t>слово = предложение</a:t>
+              <a:t>тюркские (турецкий, азербайджанский, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>татарский</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>туркменский, узбекский, казахский, киргизский), финно-угорские (финский, венгерский, эстонский, марийский), монгольские (бурятский</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>.</a:t>
-[...5 lines deleted...]
-            </a:pPr>
+              <a:t>, монгольский</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>), </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>Это, например, палеоазиатские, эскимосские языки, языки индейцев.</a:t>
-[...103 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>языки банту, японский, корейский.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1420978437"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="730716282"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
-        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
-[...169 lines deleted...]
-        </p:cTn>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
-    <p:bldLst>
-[...1 lines deleted...]
-    </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
+              <a:t>Особенности агглютинативных языков:</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1166018"/>
+            <a:ext cx="8229600" cy="4525963"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="514350" indent="-514350">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+              <a:t>нет фузии* </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>(слабая связь между морфемами);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" lvl="0" indent="-514350">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+              <a:t>сильно развита словообразовательная и словоизменительная аффиксация (суффиксы);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" lvl="0" indent="-514350">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0"/>
+              <a:t>стандартность и однозначность аффиксов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>(один аффикс = одно значение: суффикс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0"/>
+              <a:t>lar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> в турецком и других тюркских языках передает только множественное число </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0" err="1"/>
+              <a:t>taş</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>камень</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0" err="1"/>
+              <a:t>taşlar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>камни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0" err="1"/>
+              <a:t>kupa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>кружка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0" err="1"/>
+              <a:t>kupalar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>кружки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0"/>
-[...35 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>*фузия – фонетическое приспособление морфем друг к другу: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>плакать</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>я плачу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>платить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>я плачу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>водить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0"/>
+              <a:t>я вожу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:t>нога</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:t>ножка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:t>друг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0" smtClean="0"/>
+              <a:t>друзья</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4112412096"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1961930558"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
-              <a:t>Особенности языков полисинтетического строя</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>2.3. Полисинтетические (инкорпорирующие) языки</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Предложение строится как сложное слово, в этих языках </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t>слово = предложение</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>Корни-слова соединяются в общее целое и становятся словом-предложением.</a:t>
+              <a:t>Это, например, палеоазиатские, эскимосские языки, языки индейцев.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Чукотский язык: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ты-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ата</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>каа-нмы-ркын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  –  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>я жирных оленей убиваю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>`</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, буквальный перевод: «я-жир-олень-убив-делай».</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1846258573"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1420978437"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -12783,50 +13283,461 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0"/>
+              <a:t>Полисинтетические (инкорпорирующие )  языки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
+              <a:t> –  языки, в основе грамматического строя которых лежит инкорпорация.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0"/>
+              <a:t>Инкорпорация</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
+              <a:t>  (лат  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1"/>
+              <a:t>incorporatio</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
+              <a:t>  –  объединение, включение в свой состав) –  способ образования слов-предложений путем сложения корней-основ (в этих языках корень равен слову)  отдельных слов и служебных элементов.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="4000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4112412096"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+              <a:t>Особенности языков полисинтетического строя</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4781128"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Предложение строится как сложное слово, в этих языках </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>слово = предложение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Корни-слова соединяются в общее целое и становятся словом-предложением.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Части этого целого  –  и элементы слова, и члены предложения. Целое  –  это слово-предложение, где начало  – подлежащее, конец  –  сказуемое, а в середину вставляются дополнения, определения, обстоятельства.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1846258573"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="11" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="12" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="3" grpId="0" build="p"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
@@ -13046,61 +13957,2925 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>`</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2596128900"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2596128900"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>Аналитические и синтетические способы выражения грамматических значений</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Как правило, в языке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>сосуществуют</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> аналитические и синтетические способы выражения ГЗ. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Те языки, где преобладают синтетические способы, мы называем синтетическими.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Те языки, в которых преобладают аналитические способы, мы называем аналитическими.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Но это не значит, что в аналитических языках нет синтетических способов выражения ГЗ, а в синтетических – аналитических. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="892584444"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="611560" y="274638"/>
+            <a:ext cx="8075240" cy="994122"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>Как выражены грамматические отношения: синтетически или аналитически?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323528" y="1340768"/>
+            <a:ext cx="8363272" cy="5256584"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Синтетический способ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>– окончание или суффикс</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Аналитический способ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>– предлог, артикль, вспомогательный глагол или порядок слов</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>дом – в дом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> – синтетический способ – окончание + аналитический – предлог </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>the house – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:t>in</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> the house – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>аналитический – предлог</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>дорог</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> – дорож</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> – синтетический – суффикс + чередование в корне</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>expensive – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:t>more</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> expensive – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>аналитический - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>вспомогательное наречие</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>cheap – cheap</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:t>er</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>синтетический - суффикс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>boy – boy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" smtClean="0"/>
+              <a:t>s </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>синтетический – суффикс / окончание</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>читаю – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>буду</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> читать – ГЗ времени выражается аналитическим способом – вспомогательный глагол , ГЗ лица и числа выражается синтетическим способом (окончание)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Я хотел – Я хотел </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>бы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> – ГЗ наклонения выражается аналитически – частица </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>Аналитические и синтетические способы выражения грамматических значений</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>На протяжении развития языка его тип выражения ГЗ может измениться. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Так, древнеанглийский язык (450-1066 гг.) синтетический, а современный английский язык – аналитический.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Древнеармянский язык синтетический, а современный армянский язык – аналитический. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Древние индоевропейские языки – синтетические (санскрит, греческий, латынь)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="284393011"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="467544" y="274638"/>
+            <a:ext cx="8219256" cy="850106"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Древнеанглийский язык</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0" smtClean="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0"/>
+              <a:t>словоизменение существительных</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2282820361"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="467544" y="1556792"/>
+          <a:ext cx="7848872" cy="2286000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2304256">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1008112">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1224136">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1080120">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1080120">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20004"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1152128">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20005"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Падеж</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc gridSpan="5">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Единственное число</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Именительный</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>stan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>here</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>for</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>sunu</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>nama</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Родительный</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>stanes</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>heriges</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>fore</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>suna</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>naman</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Дательный</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>stane</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>herige</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>fore</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>suna</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>naman</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Винительный</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>stan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>here</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>fore</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>sunu</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>naman</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1590935361"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="511156"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1000108"/>
+            <a:ext cx="8229600" cy="5126055"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Генеалогическая классификация </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>обусловлена общностью происхождения языков, она отвечает на вопрос «Откуда появился язык и какие языки являются его родственниками?»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
+              <a:t>а </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0"/>
+              <a:t>типологическая классификация </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
+              <a:t>основана на общности языкового типа и строя языков, она отвечает на вопрос «Как устроен язык? Как устроены его слова и предложения»</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3248913923"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="467544" y="274638"/>
+            <a:ext cx="8219256" cy="850106"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Древнеанглийский язык: словоизменение глаголов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3291012135"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="467544" y="1556792"/>
+          <a:ext cx="7848872" cy="3657600"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1152128">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1224136">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1368152">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1872208">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1080120">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20004"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1152128">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20005"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Лицо </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc gridSpan="5">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>Инфинитив</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>writan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>leogan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>helpan</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>beran</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>seon</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:srgbClr val="0070C0"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="5">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Единственное</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" b="1" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t> число</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:srgbClr val="0070C0"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>write</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>leoge</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>helpe</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>bere</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>seo</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>2</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>writest</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>leogest</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>helpest</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>berest</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>siehst</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t>3</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>writeþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>leogeþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>helpeþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>bereþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>siehþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:srgbClr val="0070C0"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="5">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Множественное число</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:srgbClr val="0070C0"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>writaþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>leogaþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>helpaþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>beraþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+                        <a:t>seoþ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="13997481"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+              <a:t>Как выражены грамматические отношения: синтетически или аналитически?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Китайский язык</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>我吃饺</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0" smtClean="0"/>
+              <a:t>    -    Я ем пельмени.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>我</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>吃了饺</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0" smtClean="0"/>
+              <a:t>   -   Я съел пельмени.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>你吃饺</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0" smtClean="0"/>
+              <a:t>   -   Ты ешь пельмени.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>你吃了饺</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0" smtClean="0"/>
+              <a:t>   -   Ты съел пельмени.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>他吃饺</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0" smtClean="0"/>
+              <a:t>   -    Он ест пельмени. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>他 吃了饺子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0"/>
+              <a:t>   -    Он съел пельмени. </a:t>
+            </a:r>
+            <a:endParaRPr lang="zh-CN" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>我</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>们吃了饺</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0" smtClean="0"/>
+              <a:t>   -   Мы съели пельмени.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t>他们 吃了饺</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0" smtClean="0"/>
+              <a:t>子</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="zh-CN" dirty="0" smtClean="0"/>
+              <a:t>   -   Они съели пельмени.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3238084783"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Итальянский язык</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>Mio </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>marito</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>va</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>fab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>b</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>rica</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="it-IT" dirty="0"/>
+              <a:t>Mia moglie va in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="it-IT" dirty="0" smtClean="0"/>
+              <a:t>fabbrica</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>Pranzo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>alla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>mensa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>Pranziamo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>tutti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>alla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>mensa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="it-IT" dirty="0"/>
+              <a:t>Stai pranzando </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>alla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>mensa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="it-IT" dirty="0"/>
+              <a:t>Stanno pranzando </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>alla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:t>mensa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="it-IT" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="it-IT" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Объект 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4355976" y="1600200"/>
+            <a:ext cx="4330824" cy="4525963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Мой муж идет на фабрику.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Моя жена идет на фабрику.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Я обедаю в столовой.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Мы все обедаем в столовой.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Ты обедаешь в столовой.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Они обедают в столовой.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="198016318"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Азербайджанский язык</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>J</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>азырам</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>J</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>азырсан</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>O j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>зыр</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>J</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>зырыг</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>J</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>а</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>зырсыныз</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:t>J</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>азырлар</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="it-IT" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="it-IT" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Объект 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4355976" y="1600200"/>
+            <a:ext cx="4330824" cy="4525963"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Я пишу</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Ты пишешь</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Он пишет</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Мы пишем</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Вы пишете</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Они пишут</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1823326350"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -13188,173 +16963,188 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
               <a:t>W</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>число (количество) слов.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Морфема – часть слова (приставка, корень, суффикс, окончание, постфикс, интерфикс и др.)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2741644610"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2741644610"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
-              <a:t>Индекс синтеза Гринберга: количество морфем на количество слов в разных языках</a:t>
+              <a:t>Индекс синтеза Гринберга: количество морфем на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>одно слово </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
+              <a:t>в разных языках</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Объект 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4197530588"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4197530588"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8229599" cy="1280160"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1175657">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1175657">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1175657">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1175657">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20003"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1175657">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20004"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20004"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1175657">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20005"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20005"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1175657">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20006"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20006"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>Санскрит</a:t>
                       </a:r>
                     </a:p>
@@ -13406,51 +17196,51 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>Якутский</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>Эскимосский</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>Индекс синтеза</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>2,59</a:t>
@@ -13504,72 +17294,79 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>2,17</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0"/>
                         <a:t>3,72</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1330176413"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1330176413"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -13688,110 +17485,137 @@
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Редактор в ужасе говорит:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>– Так как вы передвигались раньше?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>– А на тележке! Меня так и возили.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2652948269"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2652948269"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="634082"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="3200" b="1" dirty="0"/>
-              <a:t>Kenneth Grahame </a:t>
+              <a:t>Kenneth Grahame “The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>ind</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" dirty="0"/>
+              <a:t>in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="3200" b="1"/>
-              <a:t>“The Wind </a:t>
+              <a:t>the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" smtClean="0"/>
+              <a:t>Willows</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="3200" b="1" dirty="0"/>
-              <a:t>in the willows”</a:t>
+              <a:t>”</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="980728"/>
             <a:ext cx="8229600" cy="5877272"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="55000" lnSpcReduction="20000"/>
           </a:bodyPr>
@@ -13901,61 +17725,68 @@
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4400" dirty="0"/>
               <a:t>rather pettishly, he being new to a river and riverside life and its ways. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4400" dirty="0"/>
               <a:t>	The Rat said nothing, but stooped and unfastened a rope .</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4091206362"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4091206362"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -13989,456 +17820,214 @@
         <p:xfrm>
           <a:off x="323528" y="836712"/>
           <a:ext cx="8363272" cy="5289451"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
-[...287 lines deleted...]
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="8229600" cy="511156"/>
+            <a:off x="467544" y="274638"/>
+            <a:ext cx="8219256" cy="922114"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
+              <a:t>Грамматическое значение (ГЗ)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1000108"/>
-            <a:ext cx="8229600" cy="5126055"/>
+            <a:off x="467544" y="1412776"/>
+            <a:ext cx="8219256" cy="4713387"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Набор признаков слова как части речи. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>У русского существительного есть ГЗ числа, рода, падежа.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>У мамы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>– ГЗ: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>ед.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>., род. п., </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>ж.р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>У русского глагола есть ГЗ времени, вида, числа, лица, рода, залога, наклонения, падежа*.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Прихожу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> – ГЗ: настоящее время, несовершенный вид, единственное число, 1 лицо, изъявительное наклонение, активный залог.</a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
-[...30 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>*Только у причастий.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3248913923"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1179546804"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -14579,51 +18168,51 @@
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1"/>
               <a:t>ю</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" dirty="0" err="1"/>
               <a:t>сумк-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1"/>
               <a:t>у</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
               <a:t> на землю).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3963421777"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3963421777"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -14866,51 +18455,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" build="p"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -14961,51 +18550,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="4000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
               <a:t>тайский, кхмерский, бирманский, лаосский.  В изолирующих языках 1 морфема = 1 слово. Это языки, которые не имеют грамматических морфем (флексий) уже очень давно. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0"/>
               <a:t>Другие аналитические языки</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" dirty="0"/>
               <a:t>: африкаанс, английский, голландский (=нидерландский), болгарский, итальянский, испанский, португальский, французский.  Эти языки утратили грамматические морфемы (флексии) недавно (за последние 1000-1200 лет).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="683483089"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="683483089"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -15126,51 +18715,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" build="p"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -15238,314 +18827,364 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>мордовские языки)</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Алтайские (турецкий, монгольский, татарский, азербайджанский и др.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Семито-хамитские (арабский, иврит)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2816459482"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2816459482"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395536" y="332656"/>
-            <a:ext cx="8229600" cy="5793507"/>
+            <a:ext cx="8496944" cy="5793507"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="55000" lnSpcReduction="20000"/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>Она </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
+              <a:t>положила свою сумку на землю.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t>(суффикс -л- передает прошедшее время)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>Свою сумку она положила за землю. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t>(изменение порядка слов не меняет смысла в русском языке)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>She has put her bag down on the ground</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t>(по-английски вспомогательный глагол </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
               <a:t>to</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1"/>
               <a:t>have</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
               <a:t>передает прошедшее время)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>Свою сумку она положила на землю.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>*</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1"/>
               <a:t>Her</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1"/>
               <a:t>bag</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1"/>
               <a:t>she</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1"/>
               <a:t>put</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1"/>
               <a:t>on</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1"/>
               <a:t>the</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1"/>
               <a:t>ground</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...65 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>(в английском языке строгий порядок слов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>Как английский язык обозначает субъекта действия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>? – С </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>помощью порядка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>слов: первое </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>место в предложении занимает субъект действия.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>Как русский язык обозначает субъекта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>действия? – С </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>помощью именительного падежа.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>Как английский язык обозначает объект действия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>? – С </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>помощью порядка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>слов: первое </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>место после глагола занимает объект действия.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>Как русский язык обозначает объект действия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>? – С </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t>помощью винительного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>падежа.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="918951092"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="918951092"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
@@ -15942,181 +19581,64 @@
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0"/>
               <a:t>ВАЖНО</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>: В синтетических языках грамматические значения (время, падеж, род, лицо, число и т.д.) обычно передаются внутри смысловых  (знаменательных) словоформ, а в аналитических – отдельно, специальными словами или морфемами – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>to be, to have, a, the, to</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2384135994"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2384135994"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sld>
-[...122 lines deleted...]
-  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -16650,110 +20172,128 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1992</Words>
+  <Words>2831</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>193</Paragraphs>
-  <Slides>29</Slides>
+  <Paragraphs>315</Paragraphs>
+  <Slides>38</Slides>
   <Notes>1</Notes>
-  <HiddenSlides>1</HiddenSlides>
+  <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Использованные шрифты</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>29</vt:i4>
+        <vt:i4>38</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="30" baseType="lpstr">
+    <vt:vector size="42" baseType="lpstr">
+      <vt:lpstr>宋体</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Раздел 3. Типологическая классификация языков</vt:lpstr>
       <vt:lpstr>Типологическая классификация</vt:lpstr>
-      <vt:lpstr>Слайд 3</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Грамматическое значение (ГЗ)</vt:lpstr>
       <vt:lpstr>Типологическая морфологическая классификация выделяет</vt:lpstr>
       <vt:lpstr>К аналитическим языкам относят</vt:lpstr>
       <vt:lpstr>Синтетические языки</vt:lpstr>
-      <vt:lpstr>Слайд 7</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Слайд 9</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Особенности языков аналитического строя</vt:lpstr>
-      <vt:lpstr>2. Синтетические языки 2.1. Флективные языки</vt:lpstr>
+      <vt:lpstr>2. Синтетические языки </vt:lpstr>
       <vt:lpstr>К флективным языкам относят</vt:lpstr>
       <vt:lpstr>Особенности флективных языков</vt:lpstr>
       <vt:lpstr>2. Синтетические языки 2.2. Агглютинативные языки</vt:lpstr>
       <vt:lpstr>Различие флективных языков и агглютинативных языков</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Азербайджанский язык</vt:lpstr>
-      <vt:lpstr>Слайд 17</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>К агглютинативным языкам относятся:</vt:lpstr>
       <vt:lpstr>Особенности агглютинативных языков:</vt:lpstr>
       <vt:lpstr>2.3. Полисинтетические (инкорпорирующие) языки</vt:lpstr>
-      <vt:lpstr>Слайд 21</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Особенности языков полисинтетического строя</vt:lpstr>
-      <vt:lpstr>Слайд 23</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Аналитические и синтетические способы выражения грамматических значений</vt:lpstr>
+      <vt:lpstr>Как выражены грамматические отношения: синтетически или аналитически?</vt:lpstr>
+      <vt:lpstr>Аналитические и синтетические способы выражения грамматических значений</vt:lpstr>
+      <vt:lpstr>Древнеанглийский язык: словоизменение существительных</vt:lpstr>
+      <vt:lpstr>Древнеанглийский язык: словоизменение глаголов</vt:lpstr>
+      <vt:lpstr>Как выражены грамматические отношения: синтетически или аналитически?</vt:lpstr>
+      <vt:lpstr>Итальянский язык</vt:lpstr>
+      <vt:lpstr>Азербайджанский язык</vt:lpstr>
       <vt:lpstr>Индекс Гринберга (статья «КВАНТИТАТИВНЫЙ ПОДХОД К МОРФОЛОГИЧЕСКОЙ ТИПОЛОГИИ ЯЗЫКОВ», 1963)</vt:lpstr>
-      <vt:lpstr>Индекс синтеза Гринберга: количество морфем на количество слов в разных языках</vt:lpstr>
+      <vt:lpstr>Индекс синтеза Гринберга: количество морфем на одно слово в разных языках</vt:lpstr>
       <vt:lpstr> Диляра Тасбулатова «Телезвезда» </vt:lpstr>
-      <vt:lpstr>Kenneth Grahame “The Wind in the willows”</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Как выражены грамматические отношения? Синтетически или аналитически?</vt:lpstr>
+      <vt:lpstr>Kenneth Grahame “The Wind in the Willows”</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Раздел 3. Типологическая классификация языков</dc:title>
   <dc:creator>Крутикова Анна Юрьевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>